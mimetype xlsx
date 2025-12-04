--- v0 (2025-10-16)
+++ v1 (2025-12-04)
@@ -120,51 +120,51 @@
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I11"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
-          <t>NUMBER AND CAPACITIES OF PALM OIL SECTORS SEPTEMBER 2025 (TONNES/YEAR) </t>
+          <t>NUMBER AND CAPACITIES OF PALM OIL SECTORS OCTOBER 2025 (TONNES/YEAR) </t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>Sector</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Peninsular Malaysia</t>
         </is>
       </c>
       <c r="C2" s="0"/>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t>Sabah</t>
         </is>
       </c>
       <c r="E2" s="0"/>
       <c r="F2" s="0" t="inlineStr">
         <is>
           <t>Sarawak</t>
         </is>
@@ -216,153 +216,153 @@
       <c r="I3" s="0" t="inlineStr">
         <is>
           <t>Capacity In Operation</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="inlineStr">
         <is>
           <t>FFB Mills</t>
         </is>
       </c>
       <c r="B4" s="0" t="n">
         <v>240.00</v>
       </c>
       <c r="C4" s="0" t="n">
         <v>64694340.00</v>
       </c>
       <c r="D4" s="0" t="n">
         <v>128.00</v>
       </c>
       <c r="E4" s="0" t="n">
         <v>34930870.00</v>
       </c>
       <c r="F4" s="0" t="n">
-        <v>84.00</v>
+        <v>83.00</v>
       </c>
       <c r="G4" s="0" t="n">
-        <v>26482600.00</v>
+        <v>26242600.00</v>
       </c>
       <c r="H4" s="0" t="n">
-        <v>452.00</v>
+        <v>451.00</v>
       </c>
       <c r="I4" s="0" t="n">
-        <v>126107810.00</v>
+        <v>125867810.00</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="inlineStr">
         <is>
           <t>PK Crushers</t>
         </is>
       </c>
       <c r="B5" s="0" t="n">
         <v>27.00</v>
       </c>
       <c r="C5" s="0" t="n">
         <v>4607400.00</v>
       </c>
       <c r="D5" s="0" t="n">
-        <v>11.00</v>
+        <v>10.00</v>
       </c>
       <c r="E5" s="0" t="n">
-        <v>2101200.00</v>
+        <v>1993200.00</v>
       </c>
       <c r="F5" s="0" t="n">
         <v>5.00</v>
       </c>
       <c r="G5" s="0" t="n">
         <v>757200.00</v>
       </c>
       <c r="H5" s="0" t="n">
-        <v>43.00</v>
+        <v>42.00</v>
       </c>
       <c r="I5" s="0" t="n">
-        <v>7465800.00</v>
+        <v>7357800.00</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="inlineStr">
         <is>
           <t>Refineries</t>
         </is>
       </c>
       <c r="B6" s="0" t="n">
-        <v>40.00</v>
+        <v>41.00</v>
       </c>
       <c r="C6" s="0" t="n">
-        <v>16148200.00</v>
+        <v>16326700.00</v>
       </c>
       <c r="D6" s="0" t="n">
-        <v>10.00</v>
+        <v>9.00</v>
       </c>
       <c r="E6" s="0" t="n">
-        <v>7438000.00</v>
+        <v>7383000.00</v>
       </c>
       <c r="F6" s="0" t="n">
-        <v>4.00</v>
+        <v>6.00</v>
       </c>
       <c r="G6" s="0" t="n">
-        <v>2290000.00</v>
+        <v>3095000.00</v>
       </c>
       <c r="H6" s="0" t="n">
-        <v>54.00</v>
+        <v>56.00</v>
       </c>
       <c r="I6" s="0" t="n">
-        <v>25876200.00</v>
+        <v>26804700.00</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="inlineStr">
         <is>
           <t>Oleochemicals</t>
         </is>
       </c>
       <c r="B7" s="0" t="n">
         <v>21.00</v>
       </c>
       <c r="C7" s="0" t="n">
-        <v>2628600.00</v>
+        <v>2637842.00</v>
       </c>
       <c r="D7" s="0" t="n">
         <v>0.00</v>
       </c>
       <c r="E7" s="0" t="n">
         <v>0.00</v>
       </c>
       <c r="F7" s="0" t="n">
         <v>0.00</v>
       </c>
       <c r="G7" s="0" t="n">
         <v>0.00</v>
       </c>
       <c r="H7" s="0" t="n">
         <v>21.00</v>
       </c>
       <c r="I7" s="0" t="n">
-        <v>2628600.00</v>
+        <v>2637842.00</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="inlineStr">
         <is>
           <t>Source Data: Malaysian Palm Oil Board.</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="inlineStr">
         <is>
           <t>Disclaimer: Government of Malaysia, Malaysian Palm Oil Board (MPOB) shall not be liable for any loss or damage caused by the usage of any information obtained from this website. Companies referred to in this website shall not be construed as agents nor companies recommended by Malaysian Palm Oil Board (MPOB).</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>