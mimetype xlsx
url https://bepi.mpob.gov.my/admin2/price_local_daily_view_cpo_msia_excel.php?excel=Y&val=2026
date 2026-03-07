--- v0 (2026-01-08)
+++ v1 (2026-03-07)
@@ -107,51 +107,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:R25"/>
+  <dimension ref="A1:R49"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0"/>
       <c r="B1" s="0"/>
       <c r="C1" s="0"/>
       <c r="D1" s="0"/>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>MPOB DAILY MALAYSIA PRICES OF CRUDE PALM OIL (RM/TONNE)</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0"/>
       <c r="B2" s="0"/>
       <c r="C2" s="0"/>
       <c r="D2" s="0"/>
@@ -317,56 +317,56 @@
       </c>
       <c r="L9" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="M9" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="inlineStr">
         <is>
           <t>02</t>
         </is>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>3,967.50</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>PH</t>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,030.00</t>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
           <t>PH</t>
@@ -384,56 +384,56 @@
       </c>
       <c r="L10" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="M10" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="inlineStr">
         <is>
           <t>03</t>
         </is>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,134.00</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,052.50</t>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
           <t>-</t>
@@ -451,56 +451,56 @@
       </c>
       <c r="L11" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="inlineStr">
         <is>
           <t>04</t>
         </is>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,146.00</t>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,078.50</t>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
           <t>-</t>
@@ -518,56 +518,56 @@
       </c>
       <c r="L12" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="M12" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="inlineStr">
         <is>
           <t>05</t>
         </is>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>3,976.50</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,132.50</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,123.50</t>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="I13" s="0" t="inlineStr">
         <is>
           <t>-</t>
@@ -585,51 +585,51 @@
       </c>
       <c r="L13" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="M13" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="inlineStr">
         <is>
           <t>06</t>
         </is>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>3,950.00</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,107.50</t>
         </is>
       </c>
       <c r="D14" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="H14" s="0" t="inlineStr">
         <is>
           <t>-</t>
@@ -709,127 +709,1671 @@
       </c>
       <c r="J15" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="K15" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="L15" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="M15" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="inlineStr">
         <is>
+          <t>08</t>
+        </is>
+      </c>
+      <c r="B16" s="0" t="inlineStr">
+        <is>
+          <t>3,968.00</t>
+        </is>
+      </c>
+      <c r="C16" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="D16" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="E16" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F16" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="G16" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="H16" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="I16" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="J16" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="K16" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="L16" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="M16" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="0" t="inlineStr">
+        <is>
+          <t>09</t>
+        </is>
+      </c>
+      <c r="B17" s="0" t="inlineStr">
+        <is>
+          <t>4,004.00</t>
+        </is>
+      </c>
+      <c r="C17" s="0" t="inlineStr">
+        <is>
+          <t>4,111.00</t>
+        </is>
+      </c>
+      <c r="D17" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E17" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F17" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="G17" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="H17" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="I17" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="J17" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="K17" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="L17" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="M17" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="0" t="n">
+        <v>10</v>
+      </c>
+      <c r="B18" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="C18" s="0" t="inlineStr">
+        <is>
+          <t>4,082.00</t>
+        </is>
+      </c>
+      <c r="D18" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E18" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F18" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="G18" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="H18" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="I18" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="J18" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="K18" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="L18" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="M18" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="0" t="n">
+        <v>11</v>
+      </c>
+      <c r="B19" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="C19" s="0" t="inlineStr">
+        <is>
+          <t>4,062.50</t>
+        </is>
+      </c>
+      <c r="D19" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E19" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="F19" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="G19" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="H19" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="I19" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="J19" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="K19" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="L19" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="M19" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="0" t="n">
+        <v>12</v>
+      </c>
+      <c r="B20" s="0" t="inlineStr">
+        <is>
+          <t>4,021.00</t>
+        </is>
+      </c>
+      <c r="C20" s="0" t="inlineStr">
+        <is>
+          <t>4,012.50</t>
+        </is>
+      </c>
+      <c r="D20" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E20" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="F20" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="G20" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="H20" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="I20" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="J20" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="K20" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="L20" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="M20" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="0" t="n">
+        <v>13</v>
+      </c>
+      <c r="B21" s="0" t="inlineStr">
+        <is>
+          <t>4,022.00</t>
+        </is>
+      </c>
+      <c r="C21" s="0" t="inlineStr">
+        <is>
+          <t>4,013.50</t>
+        </is>
+      </c>
+      <c r="D21" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E21" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F21" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="G21" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="H21" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="I21" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="J21" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="K21" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="L21" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="M21" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="0" t="n">
+        <v>14</v>
+      </c>
+      <c r="B22" s="0" t="inlineStr">
+        <is>
+          <t>4,007.00</t>
+        </is>
+      </c>
+      <c r="C22" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="D22" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="E22" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F22" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="G22" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="H22" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="I22" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="J22" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="K22" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="L22" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="M22" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="0" t="n">
+        <v>15</v>
+      </c>
+      <c r="B23" s="0" t="inlineStr">
+        <is>
+          <t>3,980.50</t>
+        </is>
+      </c>
+      <c r="C23" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="D23" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="E23" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F23" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="G23" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="H23" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="I23" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="J23" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="K23" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="L23" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="M23" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="0" t="n">
+        <v>16</v>
+      </c>
+      <c r="B24" s="0" t="inlineStr">
+        <is>
+          <t>3,993.50</t>
+        </is>
+      </c>
+      <c r="C24" s="0" t="inlineStr">
+        <is>
+          <t>4,043.00</t>
+        </is>
+      </c>
+      <c r="D24" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E24" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F24" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="G24" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="H24" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="I24" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="J24" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="K24" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="L24" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="M24" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="0" t="n">
+        <v>17</v>
+      </c>
+      <c r="B25" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="C25" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="D25" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E25" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F25" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="G25" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="H25" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="I25" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="J25" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="K25" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="L25" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="M25" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="0" t="n">
+        <v>18</v>
+      </c>
+      <c r="B26" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="C26" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="D26" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E26" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="F26" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="G26" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="H26" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="I26" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="J26" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="K26" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="L26" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="M26" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="0" t="n">
+        <v>19</v>
+      </c>
+      <c r="B27" s="0" t="inlineStr">
+        <is>
+          <t>4,010.50</t>
+        </is>
+      </c>
+      <c r="C27" s="0" t="inlineStr">
+        <is>
+          <t>4,044.00</t>
+        </is>
+      </c>
+      <c r="D27" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E27" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="F27" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="G27" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="H27" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="I27" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="J27" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="K27" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="L27" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="M27" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="0" t="n">
+        <v>20</v>
+      </c>
+      <c r="B28" s="0" t="inlineStr">
+        <is>
+          <t>4,056.50</t>
+        </is>
+      </c>
+      <c r="C28" s="0" t="inlineStr">
+        <is>
+          <t>4,072.50</t>
+        </is>
+      </c>
+      <c r="D28" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E28" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F28" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="G28" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="H28" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="I28" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="J28" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="K28" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="L28" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="M28" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="0" t="n">
+        <v>21</v>
+      </c>
+      <c r="B29" s="0" t="inlineStr">
+        <is>
+          <t>4,081.00</t>
+        </is>
+      </c>
+      <c r="C29" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="D29" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="E29" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F29" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="G29" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="H29" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="I29" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="J29" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="K29" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="L29" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="M29" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="0" t="n">
+        <v>22</v>
+      </c>
+      <c r="B30" s="0" t="inlineStr">
+        <is>
+          <t>4,116.00</t>
+        </is>
+      </c>
+      <c r="C30" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="D30" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="E30" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F30" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="G30" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="H30" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="I30" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="J30" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="K30" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="L30" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="M30" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="0" t="n">
+        <v>23</v>
+      </c>
+      <c r="B31" s="0" t="inlineStr">
+        <is>
+          <t>4,090.50</t>
+        </is>
+      </c>
+      <c r="C31" s="0" t="inlineStr">
+        <is>
+          <t>4,024.50</t>
+        </is>
+      </c>
+      <c r="D31" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E31" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F31" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="G31" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="H31" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="I31" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="J31" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="K31" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="L31" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="M31" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="0" t="n">
+        <v>24</v>
+      </c>
+      <c r="B32" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="C32" s="0" t="inlineStr">
+        <is>
+          <t>4,037.00</t>
+        </is>
+      </c>
+      <c r="D32" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E32" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F32" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="G32" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="H32" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="I32" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="J32" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="K32" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="L32" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="M32" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="0" t="n">
+        <v>25</v>
+      </c>
+      <c r="B33" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="C33" s="0" t="inlineStr">
+        <is>
+          <t>4,037.50</t>
+        </is>
+      </c>
+      <c r="D33" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E33" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="F33" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="G33" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="H33" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="I33" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="J33" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="K33" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="L33" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="M33" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="0" t="n">
+        <v>26</v>
+      </c>
+      <c r="B34" s="0" t="inlineStr">
+        <is>
+          <t>4,111.00</t>
+        </is>
+      </c>
+      <c r="C34" s="0" t="inlineStr">
+        <is>
+          <t>4,015.00</t>
+        </is>
+      </c>
+      <c r="D34" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E34" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="F34" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="G34" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="H34" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="I34" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="J34" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="K34" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="L34" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="M34" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="0" t="n">
+        <v>27</v>
+      </c>
+      <c r="B35" s="0" t="inlineStr">
+        <is>
+          <t>4,144.50</t>
+        </is>
+      </c>
+      <c r="C35" s="0" t="inlineStr">
+        <is>
+          <t>3,956.50</t>
+        </is>
+      </c>
+      <c r="D35" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E35" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F35" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="G35" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="H35" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="I35" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="J35" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="K35" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="L35" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="M35" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="0" t="n">
+        <v>28</v>
+      </c>
+      <c r="B36" s="0" t="inlineStr">
+        <is>
+          <t>4,180.00</t>
+        </is>
+      </c>
+      <c r="C36" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="D36" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="E36" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F36" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="G36" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="H36" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="I36" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="J36" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="K36" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="L36" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="M36" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="0" t="n">
+        <v>29</v>
+      </c>
+      <c r="B37" s="0" t="inlineStr">
+        <is>
+          <t>4,221.50</t>
+        </is>
+      </c>
+      <c r="C37" s="0"/>
+      <c r="D37" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="E37" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F37" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="G37" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="H37" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="I37" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="J37" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="K37" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="L37" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="M37" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="0" t="n">
+        <v>30</v>
+      </c>
+      <c r="B38" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="C38" s="0"/>
+      <c r="D38" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E38" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="F38" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="G38" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="H38" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="I38" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="J38" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="K38" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="L38" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="M38" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="0" t="n">
+        <v>31</v>
+      </c>
+      <c r="B39" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="C39" s="0"/>
+      <c r="D39" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E39" s="0"/>
+      <c r="F39" s="0" t="inlineStr">
+        <is>
+          <t>PH</t>
+        </is>
+      </c>
+      <c r="G39" s="0"/>
+      <c r="H39" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="I39" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="J39" s="0"/>
+      <c r="K39" s="0" t="inlineStr">
+        <is>
+          <t>NT</t>
+        </is>
+      </c>
+      <c r="L39" s="0"/>
+      <c r="M39" s="0" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="0" t="inlineStr">
+        <is>
           <t>Average</t>
         </is>
       </c>
-      <c r="B16" s="0"/>
-[...16 lines deleted...]
-      <c r="A18" s="0" t="inlineStr">
+      <c r="B40" s="0" t="inlineStr">
+        <is>
+          <t>4,018.50</t>
+        </is>
+      </c>
+      <c r="C40" s="0" t="inlineStr">
+        <is>
+          <t>4,077.50</t>
+        </is>
+      </c>
+      <c r="D40" s="0"/>
+      <c r="E40" s="0"/>
+      <c r="F40" s="0"/>
+      <c r="G40" s="0"/>
+      <c r="H40" s="0"/>
+      <c r="I40" s="0"/>
+      <c r="J40" s="0"/>
+      <c r="K40" s="0"/>
+      <c r="L40" s="0"/>
+      <c r="M40" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="0"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="0" t="inlineStr">
         <is>
           <t>Note</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="0" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="0" t="inlineStr">
         <is>
           <t>1) All prices are weighted average / Semua harga dalam purata wajaran</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="0" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="0" t="inlineStr">
         <is>
           <t>2) Price to be revised accordingly at 8.30am &amp; 4.30pm / Harga akan dikemaskini pada jam 8.30 pagi &amp; 4.30 petang.</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="0" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="0" t="inlineStr">
         <is>
           <t>Legend :</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="0" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="0" t="inlineStr">
         <is>
           <t>** - Price as at 8.30 AM / Harga adalah sehingga 8.30 pagi.</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="0" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="0" t="inlineStr">
         <is>
           <t>NT - No Trade / Tiada Urusniaga</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="0" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="0" t="inlineStr">
         <is>
           <t>PH : Public Holiday / Cuti Am</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="0" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="0" t="inlineStr">
         <is>
           <t>Last update : </t>
         </is>
       </c>
-      <c r="B25" s="0" t="inlineStr">
-[...1 lines deleted...]
-          <t>8/01/20264.30 pm</t>
+      <c r="B49" s="0" t="inlineStr">
+        <is>
+          <t>6/03/20264.30 pm</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>