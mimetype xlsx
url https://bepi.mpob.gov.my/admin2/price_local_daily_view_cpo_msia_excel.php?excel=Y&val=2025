--- v0 (2025-10-01)
+++ v1 (2025-11-17)
@@ -290,51 +290,51 @@
           <t>PH</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
           <t>3,955.00</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t>4,200.50</t>
         </is>
       </c>
       <c r="J9" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="K9" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,346.00</t>
         </is>
       </c>
       <c r="L9" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="M9" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="inlineStr">
         <is>
           <t>02</t>
         </is>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>4,819.00</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
@@ -357,51 +357,51 @@
           <t>3,968.00</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
           <t>4,011.50</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="J10" s="0" t="inlineStr">
         <is>
           <t>4,389.50</t>
         </is>
       </c>
       <c r="K10" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,389.50</t>
         </is>
       </c>
       <c r="L10" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="M10" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="inlineStr">
         <is>
           <t>03</t>
         </is>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>4,726.00</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
@@ -424,56 +424,56 @@
           <t>NT</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
           <t>3,953.00</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
           <t>4,036.00</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="J11" s="0" t="inlineStr">
         <is>
           <t>4,344.00</t>
         </is>
       </c>
       <c r="K11" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,422.00</t>
         </is>
       </c>
       <c r="L11" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,140.50</t>
         </is>
       </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="inlineStr">
         <is>
           <t>04</t>
         </is>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
           <t>4,599.00</t>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
@@ -496,51 +496,51 @@
           <t>3,940.50</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
           <t>4,032.50</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
           <t>4,171.50</t>
         </is>
       </c>
       <c r="J12" s="0" t="inlineStr">
         <is>
           <t>4,387.00</t>
         </is>
       </c>
       <c r="K12" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="L12" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,123.00</t>
         </is>
       </c>
       <c r="M12" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="inlineStr">
         <is>
           <t>05</t>
         </is>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
           <t>4,650.00</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
@@ -563,51 +563,51 @@
           <t>3,936.00</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="I13" s="0" t="inlineStr">
         <is>
           <t>4,226.50</t>
         </is>
       </c>
       <c r="J13" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="K13" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="L13" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,077.50</t>
         </is>
       </c>
       <c r="M13" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="inlineStr">
         <is>
           <t>06</t>
         </is>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>4,642.50</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
           <t>4,675.50</t>
         </is>
       </c>
       <c r="D14" s="0" t="inlineStr">
@@ -625,56 +625,56 @@
           <t>3,878.00</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
           <t>3,913.50</t>
         </is>
       </c>
       <c r="H14" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="I14" s="0" t="inlineStr">
         <is>
           <t>4,224.50</t>
         </is>
       </c>
       <c r="J14" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="K14" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,379.00</t>
         </is>
       </c>
       <c r="L14" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,112.00</t>
         </is>
       </c>
       <c r="M14" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="inlineStr">
         <is>
           <t>07</t>
         </is>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>4,709.00</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
           <t>4,731.50</t>
         </is>
       </c>
       <c r="D15" s="0" t="inlineStr">
@@ -692,56 +692,56 @@
           <t>3,781.00</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="H15" s="0" t="inlineStr">
         <is>
           <t>4,020.50</t>
         </is>
       </c>
       <c r="I15" s="0" t="inlineStr">
         <is>
           <t>4,209.00</t>
         </is>
       </c>
       <c r="J15" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="K15" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,405.50</t>
         </is>
       </c>
       <c r="L15" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,110.50</t>
         </is>
       </c>
       <c r="M15" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="inlineStr">
         <is>
           <t>08</t>
         </is>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>4,702.50</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="D16" s="0" t="inlineStr">
@@ -759,51 +759,51 @@
           <t>3,779.50</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
           <t>4,078.50</t>
         </is>
       </c>
       <c r="I16" s="0" t="inlineStr">
         <is>
           <t>4,218.00</t>
         </is>
       </c>
       <c r="J16" s="0" t="inlineStr">
         <is>
           <t>4,384.50</t>
         </is>
       </c>
       <c r="K16" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,442.50</t>
         </is>
       </c>
       <c r="L16" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="M16" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="inlineStr">
         <is>
           <t>09</t>
         </is>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>4,631.00</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
@@ -826,51 +826,51 @@
           <t>3,787.00</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
           <t>3,949.50</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
           <t>4,103.00</t>
         </is>
       </c>
       <c r="I17" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="J17" s="0" t="inlineStr">
         <is>
           <t>4,409.00</t>
         </is>
       </c>
       <c r="K17" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,486.50</t>
         </is>
       </c>
       <c r="L17" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="M17" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="n">
         <v>10</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>4,725.00</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
           <t>4,767.50</t>
@@ -891,56 +891,56 @@
           <t>NT</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
           <t>3,938.00</t>
         </is>
       </c>
       <c r="H18" s="0" t="inlineStr">
         <is>
           <t>4,105.50</t>
         </is>
       </c>
       <c r="I18" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="J18" s="0" t="inlineStr">
         <is>
           <t>4,364.50</t>
         </is>
       </c>
       <c r="K18" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,505.50</t>
         </is>
       </c>
       <c r="L18" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,091.50</t>
         </is>
       </c>
       <c r="M18" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="n">
         <v>11</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="D19" s="0" t="inlineStr">
         <is>
           <t>4,798.00</t>
@@ -961,51 +961,51 @@
           <t>3,854.50</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
           <t>4,107.00</t>
         </is>
       </c>
       <c r="I19" s="0" t="inlineStr">
         <is>
           <t>4,259.50</t>
         </is>
       </c>
       <c r="J19" s="0" t="inlineStr">
         <is>
           <t>4,402.50</t>
         </is>
       </c>
       <c r="K19" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="L19" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,104.00</t>
         </is>
       </c>
       <c r="M19" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="n">
         <v>12</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
           <t>4,850.50</t>
         </is>
       </c>
       <c r="D20" s="0" t="inlineStr">
         <is>
           <t>4,801.00</t>
@@ -1026,51 +1026,51 @@
           <t>3,861.50</t>
         </is>
       </c>
       <c r="H20" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="I20" s="0" t="inlineStr">
         <is>
           <t>4,344.00</t>
         </is>
       </c>
       <c r="J20" s="0" t="inlineStr">
         <is>
           <t>4,400.50</t>
         </is>
       </c>
       <c r="K20" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="L20" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,104.00</t>
         </is>
       </c>
       <c r="M20" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="n">
         <v>13</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>4,810.00</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
           <t>4,790.50</t>
         </is>
       </c>
       <c r="D21" s="0" t="inlineStr">
         <is>
           <t>4,806.50</t>
@@ -1086,56 +1086,56 @@
           <t>3,868.50</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
           <t>3,909.00</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="I21" s="0" t="inlineStr">
         <is>
           <t>4,360.00</t>
         </is>
       </c>
       <c r="J21" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="K21" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,415.00</t>
         </is>
       </c>
       <c r="L21" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,081.50</t>
         </is>
       </c>
       <c r="M21" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="n">
         <v>14</v>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
           <t>4,789.50</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
           <t>4,765.00</t>
         </is>
       </c>
       <c r="D22" s="0" t="inlineStr">
         <is>
           <t>4,814.50</t>
@@ -1151,56 +1151,56 @@
           <t>3,969.00</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
           <t>4,155.00</t>
         </is>
       </c>
       <c r="I22" s="0" t="inlineStr">
         <is>
           <t>4,346.50</t>
         </is>
       </c>
       <c r="J22" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="K22" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,403.50</t>
         </is>
       </c>
       <c r="L22" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,045.50**</t>
         </is>
       </c>
       <c r="M22" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="n">
         <v>15</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>4,632.50</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="D23" s="0" t="inlineStr">
         <is>
           <t>NT</t>
@@ -1216,51 +1216,51 @@
           <t>3,882.50</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
           <t>4,126.00</t>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
           <t>4,378.50</t>
         </is>
       </c>
       <c r="J23" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="K23" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,411.50</t>
         </is>
       </c>
       <c r="L23" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="M23" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="n">
         <v>16</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
           <t>4,619.50</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
           <t>PH</t>
@@ -1281,51 +1281,51 @@
           <t>3,879.00</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
           <t>4,044.50</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
           <t>4,146.50</t>
         </is>
       </c>
       <c r="I24" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="J24" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="K24" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,411.00</t>
         </is>
       </c>
       <c r="L24" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="M24" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="n">
         <v>17</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
           <t>4,577.50</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
           <t>4,736.50</t>
@@ -1346,51 +1346,51 @@
           <t>NT</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
           <t>4,059.50</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
           <t>4,156.00</t>
         </is>
       </c>
       <c r="I25" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="J25" s="0" t="inlineStr">
         <is>
           <t>4,419.50</t>
         </is>
       </c>
       <c r="K25" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,412.00</t>
         </is>
       </c>
       <c r="L25" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="M25" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="n">
         <v>18</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
           <t>4,742.50</t>
@@ -1541,51 +1541,51 @@
           <t>3,944.50</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
           <t>4,076.50</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
           <t>4,421.50</t>
         </is>
       </c>
       <c r="J28" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="K28" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>PH</t>
         </is>
       </c>
       <c r="L28" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="M28" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="n">
         <v>21</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
           <t>4,536.50</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
           <t>4,868.00</t>
@@ -1606,51 +1606,51 @@
           <t>3,907.50</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
           <t>4,198.00</t>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
           <t>4,406.50</t>
         </is>
       </c>
       <c r="J29" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="K29" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,452.50</t>
         </is>
       </c>
       <c r="L29" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="M29" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="n">
         <v>22</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
           <t>4,565.50</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
           <t>NT</t>
@@ -1671,51 +1671,51 @@
           <t>3,850.00</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
           <t>4,193.50</t>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
           <t>4,443.50</t>
         </is>
       </c>
       <c r="J30" s="0" t="inlineStr">
         <is>
           <t>4,384.00</t>
         </is>
       </c>
       <c r="K30" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,398.00</t>
         </is>
       </c>
       <c r="L30" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="M30" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="n">
         <v>23</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
           <t>4,517.00</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
           <t>PH</t>
@@ -1736,51 +1736,51 @@
           <t>3,860.00</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
           <t>4,079.00</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
           <t>4,220.00</t>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="J31" s="0" t="inlineStr">
         <is>
           <t>4,282.00</t>
         </is>
       </c>
       <c r="K31" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,381.50</t>
         </is>
       </c>
       <c r="L31" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="M31" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="0" t="n">
         <v>24</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
           <t>4,527.50</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
           <t>4,781.00</t>
@@ -1801,51 +1801,51 @@
           <t>NT</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
           <t>4,000.00</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
           <t>4,235.50</t>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="J32" s="0" t="inlineStr">
         <is>
           <t>4,320.50</t>
         </is>
       </c>
       <c r="K32" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,401.00</t>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="n">
         <v>25</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
           <t>4,792.50</t>
@@ -1996,51 +1996,51 @@
           <t>3,841.00</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="I35" s="0" t="inlineStr">
         <is>
           <t>4,411.00</t>
         </is>
       </c>
       <c r="J35" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="K35" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,350.00</t>
         </is>
       </c>
       <c r="L35" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="M35" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="n">
         <v>28</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
           <t>4,560.00</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
           <t>NT</t>
@@ -2061,51 +2061,51 @@
           <t>3,880.50</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
           <t>4,205.00</t>
         </is>
       </c>
       <c r="I36" s="0" t="inlineStr">
         <is>
           <t>4,370.00</t>
         </is>
       </c>
       <c r="J36" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="K36" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,300.50</t>
         </is>
       </c>
       <c r="L36" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="M36" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0" t="n">
         <v>29</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="C37" s="0"/>
       <c r="D37" s="0" t="inlineStr">
         <is>
@@ -2122,51 +2122,51 @@
           <t>3,952.00</t>
         </is>
       </c>
       <c r="G37" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="H37" s="0" t="inlineStr">
         <is>
           <t>4,179.50</t>
         </is>
       </c>
       <c r="I37" s="0" t="inlineStr">
         <is>
           <t>4,349.00</t>
         </is>
       </c>
       <c r="J37" s="0" t="inlineStr">
         <is>
           <t>4,342.00</t>
         </is>
       </c>
       <c r="K37" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,236.00</t>
         </is>
       </c>
       <c r="L37" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="M37" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0" t="n">
         <v>30</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="C38" s="0"/>
       <c r="D38" s="0" t="inlineStr">
         <is>
@@ -2183,100 +2183,100 @@
           <t>3,854.50</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
           <t>3,912.50</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
           <t>4,207.00</t>
         </is>
       </c>
       <c r="I38" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="J38" s="0" t="inlineStr">
         <is>
           <t>4,282.00</t>
         </is>
       </c>
       <c r="K38" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,239.00</t>
         </is>
       </c>
       <c r="L38" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="M38" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="n">
         <v>31</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
           <t>4,600.00</t>
         </is>
       </c>
       <c r="C39" s="0"/>
       <c r="D39" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="E39" s="0"/>
       <c r="F39" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="G39" s="0"/>
       <c r="H39" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="I39" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,215.00</t>
         </is>
       </c>
       <c r="L39" s="0"/>
       <c r="M39" s="0" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0" t="inlineStr">
         <is>
           <t>Average</t>
         </is>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
           <t>4,672.50</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
           <t>4,759.00</t>
         </is>
       </c>
@@ -2293,51 +2293,55 @@
       <c r="F40" s="0" t="inlineStr">
         <is>
           <t>3,880.50</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
           <t>3,969.00</t>
         </is>
       </c>
       <c r="H40" s="0" t="inlineStr">
         <is>
           <t>4,112.50</t>
         </is>
       </c>
       <c r="I40" s="0" t="inlineStr">
         <is>
           <t>4,329.00</t>
         </is>
       </c>
       <c r="J40" s="0" t="inlineStr">
         <is>
           <t>4,371.50</t>
         </is>
       </c>
-      <c r="K40" s="0"/>
+      <c r="K40" s="0" t="inlineStr">
+        <is>
+          <t>4,412.50</t>
+        </is>
+      </c>
       <c r="L40" s="0"/>
       <c r="M40" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="inlineStr">
         <is>
           <t>Note</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0" t="inlineStr">
         <is>
           <t>1) All prices are weighted average / Semua harga dalam purata wajaran</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="inlineStr">
         <is>
           <t>2) Price to be revised accordingly at 8.30am &amp; 4.30pm / Harga akan dikemaskini pada jam 8.30 pagi &amp; 4.30 petang.</t>
         </is>
@@ -2357,51 +2361,51 @@
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0" t="inlineStr">
         <is>
           <t>NT - No Trade / Tiada Urusniaga</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="0" t="inlineStr">
         <is>
           <t>PH : Public Holiday / Cuti Am</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="0" t="inlineStr">
         <is>
           <t>Last update : </t>
         </is>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>1/10/20254.30 pm</t>
+          <t>17/11/2025</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>