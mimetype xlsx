--- v1 (2025-11-17)
+++ v2 (2026-01-01)
@@ -300,51 +300,51 @@
           <t>3,955.00</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t>4,200.50</t>
         </is>
       </c>
       <c r="J9" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="K9" s="0" t="inlineStr">
         <is>
           <t>4,346.00</t>
         </is>
       </c>
       <c r="L9" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="M9" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,098.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="inlineStr">
         <is>
           <t>02</t>
         </is>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>4,819.00</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
@@ -367,51 +367,51 @@
           <t>4,011.50</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="J10" s="0" t="inlineStr">
         <is>
           <t>4,389.50</t>
         </is>
       </c>
       <c r="K10" s="0" t="inlineStr">
         <is>
           <t>4,389.50</t>
         </is>
       </c>
       <c r="L10" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="M10" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,086.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="inlineStr">
         <is>
           <t>03</t>
         </is>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>4,726.00</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
           <t>4,620.50</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t>4,741.00</t>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
@@ -434,51 +434,51 @@
           <t>4,036.00</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="J11" s="0" t="inlineStr">
         <is>
           <t>4,344.00</t>
         </is>
       </c>
       <c r="K11" s="0" t="inlineStr">
         <is>
           <t>4,422.00</t>
         </is>
       </c>
       <c r="L11" s="0" t="inlineStr">
         <is>
           <t>4,140.50</t>
         </is>
       </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,094.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="inlineStr">
         <is>
           <t>04</t>
         </is>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
           <t>4,599.00</t>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
         <is>
           <t>4,677.50</t>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
@@ -501,51 +501,51 @@
           <t>4,032.50</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
           <t>4,171.50</t>
         </is>
       </c>
       <c r="J12" s="0" t="inlineStr">
         <is>
           <t>4,387.00</t>
         </is>
       </c>
       <c r="K12" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="L12" s="0" t="inlineStr">
         <is>
           <t>4,123.00</t>
         </is>
       </c>
       <c r="M12" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,077.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="inlineStr">
         <is>
           <t>05</t>
         </is>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
           <t>4,650.00</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
           <t>4,712.50</t>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
@@ -568,51 +568,51 @@
           <t>NT</t>
         </is>
       </c>
       <c r="I13" s="0" t="inlineStr">
         <is>
           <t>4,226.50</t>
         </is>
       </c>
       <c r="J13" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="K13" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="L13" s="0" t="inlineStr">
         <is>
           <t>4,077.50</t>
         </is>
       </c>
       <c r="M13" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,099.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="inlineStr">
         <is>
           <t>06</t>
         </is>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>4,642.50</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
           <t>4,675.50</t>
         </is>
       </c>
       <c r="D14" s="0" t="inlineStr">
         <is>
           <t>4,776.50</t>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
@@ -769,51 +769,51 @@
           <t>4,078.50</t>
         </is>
       </c>
       <c r="I16" s="0" t="inlineStr">
         <is>
           <t>4,218.00</t>
         </is>
       </c>
       <c r="J16" s="0" t="inlineStr">
         <is>
           <t>4,384.50</t>
         </is>
       </c>
       <c r="K16" s="0" t="inlineStr">
         <is>
           <t>4,442.50</t>
         </is>
       </c>
       <c r="L16" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="M16" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,073.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="inlineStr">
         <is>
           <t>09</t>
         </is>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>4,631.00</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
@@ -836,51 +836,51 @@
           <t>4,103.00</t>
         </is>
       </c>
       <c r="I17" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="J17" s="0" t="inlineStr">
         <is>
           <t>4,409.00</t>
         </is>
       </c>
       <c r="K17" s="0" t="inlineStr">
         <is>
           <t>4,486.50</t>
         </is>
       </c>
       <c r="L17" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="M17" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,029.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="n">
         <v>10</v>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>4,725.00</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
           <t>4,767.50</t>
         </is>
       </c>
       <c r="D18" s="0" t="inlineStr">
         <is>
           <t>4,840.00</t>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
           <t>4,520.00</t>
@@ -901,51 +901,51 @@
           <t>4,105.50</t>
         </is>
       </c>
       <c r="I18" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="J18" s="0" t="inlineStr">
         <is>
           <t>4,364.50</t>
         </is>
       </c>
       <c r="K18" s="0" t="inlineStr">
         <is>
           <t>4,505.50</t>
         </is>
       </c>
       <c r="L18" s="0" t="inlineStr">
         <is>
           <t>4,091.50</t>
         </is>
       </c>
       <c r="M18" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>3,986.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="n">
         <v>11</v>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="D19" s="0" t="inlineStr">
         <is>
           <t>4,798.00</t>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
           <t>4,498.00</t>
@@ -966,51 +966,51 @@
           <t>4,107.00</t>
         </is>
       </c>
       <c r="I19" s="0" t="inlineStr">
         <is>
           <t>4,259.50</t>
         </is>
       </c>
       <c r="J19" s="0" t="inlineStr">
         <is>
           <t>4,402.50</t>
         </is>
       </c>
       <c r="K19" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="L19" s="0" t="inlineStr">
         <is>
           <t>4,104.00</t>
         </is>
       </c>
       <c r="M19" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,038.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="n">
         <v>12</v>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
           <t>4,850.50</t>
         </is>
       </c>
       <c r="D20" s="0" t="inlineStr">
         <is>
           <t>4,801.00</t>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
           <t>NT</t>
@@ -1031,51 +1031,51 @@
           <t>NT</t>
         </is>
       </c>
       <c r="I20" s="0" t="inlineStr">
         <is>
           <t>4,344.00</t>
         </is>
       </c>
       <c r="J20" s="0" t="inlineStr">
         <is>
           <t>4,400.50</t>
         </is>
       </c>
       <c r="K20" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="L20" s="0" t="inlineStr">
         <is>
           <t>4,104.00</t>
         </is>
       </c>
       <c r="M20" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,009.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="n">
         <v>13</v>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>4,810.00</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
           <t>4,790.50</t>
         </is>
       </c>
       <c r="D21" s="0" t="inlineStr">
         <is>
           <t>4,806.50</t>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
           <t>PH</t>
@@ -1156,51 +1156,51 @@
           <t>NT</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
           <t>4,155.00</t>
         </is>
       </c>
       <c r="I22" s="0" t="inlineStr">
         <is>
           <t>4,346.50</t>
         </is>
       </c>
       <c r="J22" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="K22" s="0" t="inlineStr">
         <is>
           <t>4,403.50</t>
         </is>
       </c>
       <c r="L22" s="0" t="inlineStr">
         <is>
-          <t>4,045.50**</t>
+          <t>4,046.50</t>
         </is>
       </c>
       <c r="M22" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="n">
         <v>15</v>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>4,632.50</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="D23" s="0" t="inlineStr">
         <is>
           <t>NT</t>
@@ -1226,51 +1226,51 @@
           <t>4,126.00</t>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
           <t>4,378.50</t>
         </is>
       </c>
       <c r="J23" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="K23" s="0" t="inlineStr">
         <is>
           <t>4,411.50</t>
         </is>
       </c>
       <c r="L23" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="M23" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,006.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="n">
         <v>16</v>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
           <t>4,619.50</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="D24" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
           <t>4,246.50</t>
@@ -1291,51 +1291,51 @@
           <t>4,146.50</t>
         </is>
       </c>
       <c r="I24" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="J24" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="K24" s="0" t="inlineStr">
         <is>
           <t>4,411.00</t>
         </is>
       </c>
       <c r="L24" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="M24" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>3,969.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="n">
         <v>17</v>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
           <t>4,577.50</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
           <t>4,736.50</t>
         </is>
       </c>
       <c r="D25" s="0" t="inlineStr">
         <is>
           <t>4,749.00</t>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
           <t>4,262.00</t>
@@ -1351,56 +1351,56 @@
           <t>4,059.50</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
           <t>4,156.00</t>
         </is>
       </c>
       <c r="I25" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="J25" s="0" t="inlineStr">
         <is>
           <t>4,419.50</t>
         </is>
       </c>
       <c r="K25" s="0" t="inlineStr">
         <is>
           <t>4,412.00</t>
         </is>
       </c>
       <c r="L25" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,102.50</t>
         </is>
       </c>
       <c r="M25" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>3,961.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="n">
         <v>18</v>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
           <t>4,742.50</t>
         </is>
       </c>
       <c r="D26" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
           <t>4,180.00</t>
@@ -1416,56 +1416,56 @@
           <t>4,076.00</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
           <t>4,230.50</t>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
           <t>4,455.50</t>
         </is>
       </c>
       <c r="J26" s="0" t="inlineStr">
         <is>
           <t>4,364.50</t>
         </is>
       </c>
       <c r="K26" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="L26" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,131.50</t>
         </is>
       </c>
       <c r="M26" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>3,956.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="n">
         <v>19</v>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
           <t>4,783.00</t>
         </is>
       </c>
       <c r="D27" s="0" t="inlineStr">
         <is>
           <t>4,688.00</t>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
           <t>NT</t>
@@ -1481,56 +1481,56 @@
           <t>4,089.50</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
           <t>4,462.50</t>
         </is>
       </c>
       <c r="J27" s="0" t="inlineStr">
         <is>
           <t>4,376.00</t>
         </is>
       </c>
       <c r="K27" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="L27" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,149.00</t>
         </is>
       </c>
       <c r="M27" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>3,909.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="n">
         <v>20</v>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
           <t>4,578.50</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
           <t>4,805.00</t>
         </is>
       </c>
       <c r="D28" s="0" t="inlineStr">
         <is>
           <t>4,707.00</t>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
           <t>PH</t>
@@ -1546,51 +1546,51 @@
           <t>4,076.50</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
           <t>4,421.50</t>
         </is>
       </c>
       <c r="J28" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="K28" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="L28" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,116.50</t>
         </is>
       </c>
       <c r="M28" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="n">
         <v>21</v>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
           <t>4,536.50</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
           <t>4,868.00</t>
         </is>
       </c>
       <c r="D29" s="0" t="inlineStr">
         <is>
           <t>4,721.50</t>
@@ -1611,51 +1611,51 @@
           <t>NT</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
           <t>4,198.00</t>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
           <t>4,406.50</t>
         </is>
       </c>
       <c r="J29" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="K29" s="0" t="inlineStr">
         <is>
           <t>4,452.50</t>
         </is>
       </c>
       <c r="L29" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,074.00</t>
         </is>
       </c>
       <c r="M29" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="n">
         <v>22</v>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
           <t>4,565.50</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="D30" s="0" t="inlineStr">
         <is>
           <t>NT</t>
@@ -1681,51 +1681,51 @@
           <t>4,193.50</t>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
           <t>4,443.50</t>
         </is>
       </c>
       <c r="J30" s="0" t="inlineStr">
         <is>
           <t>4,384.00</t>
         </is>
       </c>
       <c r="K30" s="0" t="inlineStr">
         <is>
           <t>4,398.00</t>
         </is>
       </c>
       <c r="L30" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="M30" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>3,921.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="n">
         <v>23</v>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
           <t>4,517.00</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="D31" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
           <t>4,142.50</t>
@@ -1746,51 +1746,51 @@
           <t>4,220.00</t>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="J31" s="0" t="inlineStr">
         <is>
           <t>4,282.00</t>
         </is>
       </c>
       <c r="K31" s="0" t="inlineStr">
         <is>
           <t>4,381.50</t>
         </is>
       </c>
       <c r="L31" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="M31" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>3,987.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="0" t="n">
         <v>24</v>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
           <t>4,527.50</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
           <t>4,781.00</t>
         </is>
       </c>
       <c r="D32" s="0" t="inlineStr">
         <is>
           <t>4,669.50</t>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
           <t>4,157.50</t>
@@ -1806,56 +1806,56 @@
           <t>4,000.00</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
           <t>4,235.50</t>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="J32" s="0" t="inlineStr">
         <is>
           <t>4,320.50</t>
         </is>
       </c>
       <c r="K32" s="0" t="inlineStr">
         <is>
           <t>4,401.00</t>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,047.50</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>3,974.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="n">
         <v>25</v>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
           <t>4,792.50</t>
         </is>
       </c>
       <c r="D33" s="0" t="inlineStr">
         <is>
           <t>4,634.50</t>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
           <t>4,172.50</t>
@@ -1871,56 +1871,56 @@
           <t>3,963.00</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
           <t>4,204.50</t>
         </is>
       </c>
       <c r="I33" s="0" t="inlineStr">
         <is>
           <t>4,419.00</t>
         </is>
       </c>
       <c r="J33" s="0" t="inlineStr">
         <is>
           <t>4,361.00</t>
         </is>
       </c>
       <c r="K33" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="L33" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>3,992.50</t>
         </is>
       </c>
       <c r="M33" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>PH</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="n">
         <v>26</v>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
           <t>4,757.00</t>
         </is>
       </c>
       <c r="D34" s="0" t="inlineStr">
         <is>
           <t>4,624.50</t>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
           <t>NT</t>
@@ -1936,56 +1936,56 @@
           <t>3,956.50</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="I34" s="0" t="inlineStr">
         <is>
           <t>4,403.00</t>
         </is>
       </c>
       <c r="J34" s="0" t="inlineStr">
         <is>
           <t>4,360.50</t>
         </is>
       </c>
       <c r="K34" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="L34" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>3,990.00</t>
         </is>
       </c>
       <c r="M34" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,039.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0" t="n">
         <v>27</v>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
           <t>4,566.00</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
           <t>4,687.50</t>
         </is>
       </c>
       <c r="D35" s="0" t="inlineStr">
         <is>
           <t>4,677.00</t>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
           <t>PH</t>
@@ -2001,51 +2001,51 @@
           <t>PH</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="I35" s="0" t="inlineStr">
         <is>
           <t>4,411.00</t>
         </is>
       </c>
       <c r="J35" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="K35" s="0" t="inlineStr">
         <is>
           <t>4,350.00</t>
         </is>
       </c>
       <c r="L35" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,022.50</t>
         </is>
       </c>
       <c r="M35" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="n">
         <v>28</v>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
           <t>4,560.00</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="D36" s="0" t="inlineStr">
         <is>
           <t>4,705.00</t>
@@ -2066,51 +2066,51 @@
           <t>NT</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
           <t>4,205.00</t>
         </is>
       </c>
       <c r="I36" s="0" t="inlineStr">
         <is>
           <t>4,370.00</t>
         </is>
       </c>
       <c r="J36" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="K36" s="0" t="inlineStr">
         <is>
           <t>4,300.50</t>
         </is>
       </c>
       <c r="L36" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,090.00</t>
         </is>
       </c>
       <c r="M36" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0" t="n">
         <v>29</v>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="C37" s="0"/>
       <c r="D37" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="E37" s="0" t="inlineStr">
         <is>
@@ -2132,51 +2132,51 @@
           <t>4,179.50</t>
         </is>
       </c>
       <c r="I37" s="0" t="inlineStr">
         <is>
           <t>4,349.00</t>
         </is>
       </c>
       <c r="J37" s="0" t="inlineStr">
         <is>
           <t>4,342.00</t>
         </is>
       </c>
       <c r="K37" s="0" t="inlineStr">
         <is>
           <t>4,236.00</t>
         </is>
       </c>
       <c r="L37" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="M37" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>4,018.50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0" t="n">
         <v>30</v>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="C38" s="0"/>
       <c r="D38" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
           <t>3,974.50</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
@@ -2193,51 +2193,51 @@
           <t>4,207.00</t>
         </is>
       </c>
       <c r="I38" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="J38" s="0" t="inlineStr">
         <is>
           <t>4,282.00</t>
         </is>
       </c>
       <c r="K38" s="0" t="inlineStr">
         <is>
           <t>4,239.00</t>
         </is>
       </c>
       <c r="L38" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="M38" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>3,945.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="n">
         <v>31</v>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
           <t>4,600.00</t>
         </is>
       </c>
       <c r="C39" s="0"/>
       <c r="D39" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="E39" s="0"/>
       <c r="F39" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="G39" s="0"/>
@@ -2298,51 +2298,55 @@
       <c r="G40" s="0" t="inlineStr">
         <is>
           <t>3,969.00</t>
         </is>
       </c>
       <c r="H40" s="0" t="inlineStr">
         <is>
           <t>4,112.50</t>
         </is>
       </c>
       <c r="I40" s="0" t="inlineStr">
         <is>
           <t>4,329.00</t>
         </is>
       </c>
       <c r="J40" s="0" t="inlineStr">
         <is>
           <t>4,371.50</t>
         </is>
       </c>
       <c r="K40" s="0" t="inlineStr">
         <is>
           <t>4,412.50</t>
         </is>
       </c>
-      <c r="L40" s="0"/>
+      <c r="L40" s="0" t="inlineStr">
+        <is>
+          <t>4,089.50</t>
+        </is>
+      </c>
       <c r="M40" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="inlineStr">
         <is>
           <t>Note</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0" t="inlineStr">
         <is>
           <t>1) All prices are weighted average / Semua harga dalam purata wajaran</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="inlineStr">
         <is>
           <t>2) Price to be revised accordingly at 8.30am &amp; 4.30pm / Harga akan dikemaskini pada jam 8.30 pagi &amp; 4.30 petang.</t>
         </is>
       </c>
@@ -2361,51 +2365,51 @@
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0" t="inlineStr">
         <is>
           <t>NT - No Trade / Tiada Urusniaga</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="0" t="inlineStr">
         <is>
           <t>PH : Public Holiday / Cuti Am</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="0" t="inlineStr">
         <is>
           <t>Last update : </t>
         </is>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>17/11/2025</t>
+          <t>31/12/20254.30 pm</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>