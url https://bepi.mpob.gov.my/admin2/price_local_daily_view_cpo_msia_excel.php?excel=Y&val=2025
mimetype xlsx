--- v2 (2026-01-01)
+++ v3 (2026-03-04)
@@ -2238,51 +2238,51 @@
       <c r="F39" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="G39" s="0"/>
       <c r="H39" s="0" t="inlineStr">
         <is>
           <t>NT</t>
         </is>
       </c>
       <c r="I39" s="0" t="inlineStr">
         <is>
           <t>PH</t>
         </is>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="inlineStr">
         <is>
           <t>4,215.00</t>
         </is>
       </c>
       <c r="L39" s="0"/>
       <c r="M39" s="0" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>3,933.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0" t="inlineStr">
         <is>
           <t>Average</t>
         </is>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
           <t>4,672.50</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
           <t>4,759.00</t>
         </is>
       </c>
       <c r="D40" s="0" t="inlineStr">
         <is>
           <t>4,740.00</t>
         </is>
       </c>
       <c r="E40" s="0" t="inlineStr">
@@ -2303,51 +2303,55 @@
       <c r="H40" s="0" t="inlineStr">
         <is>
           <t>4,112.50</t>
         </is>
       </c>
       <c r="I40" s="0" t="inlineStr">
         <is>
           <t>4,329.00</t>
         </is>
       </c>
       <c r="J40" s="0" t="inlineStr">
         <is>
           <t>4,371.50</t>
         </is>
       </c>
       <c r="K40" s="0" t="inlineStr">
         <is>
           <t>4,412.50</t>
         </is>
       </c>
       <c r="L40" s="0" t="inlineStr">
         <is>
           <t>4,089.50</t>
         </is>
       </c>
-      <c r="M40" s="0"/>
+      <c r="M40" s="0" t="inlineStr">
+        <is>
+          <t>4,042.50</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="inlineStr">
         <is>
           <t>Note</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0" t="inlineStr">
         <is>
           <t>1) All prices are weighted average / Semua harga dalam purata wajaran</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="inlineStr">
         <is>
           <t>2) Price to be revised accordingly at 8.30am &amp; 4.30pm / Harga akan dikemaskini pada jam 8.30 pagi &amp; 4.30 petang.</t>
         </is>
       </c>
     </row>
@@ -2365,51 +2369,51 @@
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0" t="inlineStr">
         <is>
           <t>NT - No Trade / Tiada Urusniaga</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="0" t="inlineStr">
         <is>
           <t>PH : Public Holiday / Cuti Am</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="0" t="inlineStr">
         <is>
           <t>Last update : </t>
         </is>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>31/12/20254.30 pm</t>
+          <t>4/03/20264.30 pm</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>